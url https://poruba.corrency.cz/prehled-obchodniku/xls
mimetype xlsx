--- v0 (2025-10-26)
+++ v1 (2026-03-27)
@@ -7,965 +7,1142 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="364">
   <si>
     <t xml:space="preserve">1. FC Poruba - Petřvald na Moravě, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Skautská 6245/13</t>
   </si>
   <si>
     <t xml:space="preserve">Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://1fcporuba.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ Exilu</t>
   </si>
   <si>
     <t xml:space="preserve">Čs. Exilu 18</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ L. Podéště</t>
   </si>
   <si>
     <t xml:space="preserve">Ludvíka Podéště 2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ Na Robinsonce</t>
   </si>
   <si>
     <t xml:space="preserve">Na Robinsonce 2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ O. Jeremiáše</t>
   </si>
   <si>
     <t xml:space="preserve">Otakara Jeremiáše 34</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - MŠ O. Synka</t>
   </si>
   <si>
     <t xml:space="preserve">Oty Synka 10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - TC Škarvady</t>
   </si>
   <si>
     <t xml:space="preserve">Porubská 10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - ZŠ A. Hrdličky</t>
   </si>
   <si>
     <t xml:space="preserve">Aleše Hrdličky 1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s. - ZŠ I. Sekaniny</t>
   </si>
   <si>
     <t xml:space="preserve">Ivana Sekaniny 15</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">ADD lead Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">Bulharská 1532</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.add-lead.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">All for Dance, ZŠ Jana Šoupala, Pokorného, Valčíka a Waldorf</t>
   </si>
   <si>
     <t xml:space="preserve">Jana Šoupala 6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.allfordance.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">BABY CLUB CHOBOTNIČKA</t>
   </si>
   <si>
     <t xml:space="preserve">Dvorní 766/27</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Badmintonový klub Ostrava, spolek</t>
   </si>
   <si>
     <t xml:space="preserve">Mongolská 1430/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.badminton-ostrava.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">BK START OSTRAVA z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolovská 1187/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bkstartostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Centrum pohybu Rubáček</t>
   </si>
   <si>
     <t xml:space="preserve">Oty Synka 1854/37</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.centrumrubacek.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crabík</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 2382/166</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.crabik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Cyklokurzy Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">Kyjevská 1231/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.cyklokurzy.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dance studio Ostrava z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Slavíkova 1747/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.danceostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">DIRECT WAY s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní třída 1016/69</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.skolnibatohy.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dům dětí a mládeže, Ostrava - Poruba, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Marie Majerové 1722/23</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fighting arena Ostrava, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Rušná 1716/2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fightingarena.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Foxici.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Slavíková 1745/7</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.foxici.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hello language centre s.r.o. budova gymnázia Hello</t>
   </si>
   <si>
     <t xml:space="preserve">Čs. exilu 491/23</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hello.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hokejový klub RT TORAX PORUBA, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 6144/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hcporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hračky Ijáček</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní třída 568/73</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hracky-ijacek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hudební škola Yamaha Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">B. Martinů 17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.yamahaprodeti.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">imago</t>
   </si>
   <si>
     <t xml:space="preserve">K Myslivně 2362/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.imago.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ing. Mirek Skokan - tenisová škola</t>
   </si>
   <si>
     <t xml:space="preserve">Oty Synka 1844/17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.juniortennis.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Junák - český skaut, přístav Eskadra Ostrava, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Žilinská 1889/13</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">http://www.eskadra.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">JUST GO, dětská obuv</t>
   </si>
   <si>
     <t xml:space="preserve">U Soudu 6200/15</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.botickydetske.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">La Botka</t>
   </si>
   <si>
     <t xml:space="preserve">Náměstí Antonie Bejdové 1810/10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.labotka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna Olympia</t>
   </si>
   <si>
     <t xml:space="preserve">Otakara Jeremiáše 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.lekarna-olympia.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna Ve věžičkách s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Porubská 551/22</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.lekarnavevezickach.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mateřské centrum KRTEČEK Ostrava-Poruba, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Ivana Sekaniny 1804/15</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.mc-krtecek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">MFK VÍTKOVICE z.s. - ZŠ Jana Šoupala</t>
   </si>
   <si>
     <t xml:space="preserve">Jana Šoupala 6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Mgr. Lucie Fickerová</t>
   </si>
   <si>
     <t xml:space="preserve">Zednická 1109/2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.friendlyfyzio.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Oční optika Ivana Graffy DiS.</t>
   </si>
   <si>
     <t xml:space="preserve">Alšovo náměstí 694/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.optikagraffy.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">oční optika Ivana Graffy, DiS</t>
   </si>
   <si>
     <t xml:space="preserve">Francouzská 6167/5</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.optikagraffy.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">PAPÍRNICTVÍ DUHA</t>
   </si>
   <si>
     <t xml:space="preserve">Antonie Bejdové 1810</t>
   </si>
   <si>
     <t xml:space="preserve">Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti, Vzdělávání, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://papirnictviduha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Physionex</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 2382/166</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.physionex.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Plavecká školička s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Gen. Sochora 1378</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">http://plaveckaskolicka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Plavecký klub Bonifác</t>
   </si>
   <si>
     <t xml:space="preserve">Maďarská 1463/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.plavani.net</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pokojík</t>
   </si>
   <si>
     <t xml:space="preserve">Bajkalská 1247/10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.pokojik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">ProJudo - ZŠ Jana Šoupala</t>
   </si>
   <si>
     <t xml:space="preserve">Jana Šoupala 1609/6</t>
   </si>
   <si>
     <t xml:space="preserve">Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.projudo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sareza, Krytý bazén, INFOCENTRUM</t>
   </si>
   <si>
     <t xml:space="preserve">Gen. Sochora 1378</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sareza.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SHOTOKAN KARATE KLUB ATTFIS, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 942/2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://attfiskarate.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spolek rodičů při ZŠ Sekaniny</t>
   </si>
   <si>
     <t xml:space="preserve">Ivana Sekaniny 1804/15</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sekaniny.cz/spolek-rodicu/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času Korunka - Středisko přírtodovědců</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svc-korunka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času Korunka - Středisko turistiky</t>
   </si>
   <si>
     <t xml:space="preserve">B.Martinů 17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svc-korunka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sundara z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Dvorní 756/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sundara.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SWANKY herna, půjčovna, zázemí aktivitit</t>
   </si>
   <si>
     <t xml:space="preserve">Miroslava Bajera 6034</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.swanky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Taneční studio Fatima s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">nám. Antonie Bejdové 1810</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fatimaostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 121/97</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sokolporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">TŠ Carmen</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 942/2</t>
   </si>
   <si>
     <t xml:space="preserve">Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://lr-dance.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Veselá věda kroužky a tábory - ZŠ Bulharská</t>
   </si>
   <si>
     <t xml:space="preserve">Bulharská 1532</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.veselaveda.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Heleny Salichové - ZŠ a SŠ Waldorfská</t>
   </si>
   <si>
     <t xml:space="preserve">Ľudovíta Štúra 1085/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zushs.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Heleny Salichové - ZŠ Bulharská</t>
   </si>
   <si>
     <t xml:space="preserve">Bulharská 1532/23</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zushs.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Heleny Salichové - ZŠ Pokorného</t>
   </si>
   <si>
     <t xml:space="preserve">K. Pokorného 1382</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zushs.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Heleny Salichové- ZŠ Dětská</t>
   </si>
   <si>
     <t xml:space="preserve">Dětská 2/915</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zushs.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola, Ostrava - Poruba, J. Valčíka 4413, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Josefa Valčíka 4413/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zusporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Žaneta Sojková</t>
   </si>
   <si>
     <t xml:space="preserve">Resslova 1077/17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.uceninasbavi.fun</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -973,1080 +1150,1623 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>49.8238349</v>
+      </c>
+      <c r="G1" s="0">
+        <v>18.1780642</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>49.8251781</v>
+      </c>
+      <c r="G2" s="0">
+        <v>18.1674875</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>49.8455687</v>
+      </c>
+      <c r="G3" s="0">
+        <v>18.157305</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>49.8465113</v>
+      </c>
+      <c r="G4" s="0">
+        <v>18.17674</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>49.8444525</v>
+      </c>
+      <c r="G5" s="0">
+        <v>18.15352698</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>49.8460965</v>
+      </c>
+      <c r="G6" s="0">
+        <v>18.16002152</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>49.8314749</v>
+      </c>
+      <c r="G7" s="0">
+        <v>18.1739353</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>49.8452913</v>
+      </c>
+      <c r="G8" s="0">
+        <v>18.1794138</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>52</v>
+      </c>
+      <c r="F9" s="0">
+        <v>49.84585825</v>
+      </c>
+      <c r="G9" s="0">
+        <v>18.16201722</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>58</v>
+      </c>
+      <c r="F10" s="0">
+        <v>49.8251613</v>
+      </c>
+      <c r="G10" s="0">
+        <v>18.1899045</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>64</v>
+      </c>
+      <c r="F11" s="0">
+        <v>49.8432033</v>
+      </c>
+      <c r="G11" s="0">
+        <v>18.1757167</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>70</v>
+      </c>
+      <c r="F12" s="0">
+        <v>49.831588</v>
+      </c>
+      <c r="G12" s="0">
+        <v>18.16610153</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>75</v>
+      </c>
+      <c r="F13" s="0">
+        <v>49.8276571</v>
+      </c>
+      <c r="G13" s="0">
+        <v>18.19153114</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>81</v>
+      </c>
+      <c r="F14" s="0">
+        <v>49.8338419</v>
+      </c>
+      <c r="G14" s="0">
+        <v>18.1761129</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>87</v>
+      </c>
+      <c r="F15" s="0">
+        <v>49.84782585</v>
+      </c>
+      <c r="G15" s="0">
+        <v>18.15935781</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>93</v>
+      </c>
+      <c r="F16" s="0">
+        <v>49.8248159</v>
+      </c>
+      <c r="G16" s="0">
+        <v>18.1458654</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="F17" s="0">
+        <v>49.8354728</v>
+      </c>
+      <c r="G17" s="0">
+        <v>18.18022769</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>105</v>
+      </c>
+      <c r="F18" s="0">
+        <v>49.83735635</v>
+      </c>
+      <c r="G18" s="0">
+        <v>18.1728675</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>111</v>
+      </c>
+      <c r="F19" s="0">
+        <v>49.82796425</v>
+      </c>
+      <c r="G19" s="0">
+        <v>18.17338845</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>117</v>
+      </c>
+      <c r="F20" s="0">
+        <v>49.8464313</v>
+      </c>
+      <c r="G20" s="0">
+        <v>18.1755362</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>123</v>
+      </c>
+      <c r="F21" s="0">
+        <v>49.8477163</v>
+      </c>
+      <c r="G21" s="0">
+        <v>18.1787275</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>129</v>
+      </c>
+      <c r="F22" s="0">
+        <v>49.83698965</v>
+      </c>
+      <c r="G22" s="0">
+        <v>18.17286947</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>135</v>
+      </c>
+      <c r="F23" s="0">
+        <v>49.82548625</v>
+      </c>
+      <c r="G23" s="0">
+        <v>18.16888978</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>141</v>
+      </c>
+      <c r="F24" s="0">
+        <v>49.830434</v>
+      </c>
+      <c r="G24" s="0">
+        <v>18.1753772</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>147</v>
+      </c>
+      <c r="F25" s="0">
+        <v>49.82824635</v>
+      </c>
+      <c r="G25" s="0">
+        <v>18.17228878</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>153</v>
+      </c>
+      <c r="F26" s="0">
+        <v>49.8311694</v>
+      </c>
+      <c r="G26" s="0">
+        <v>18.172395</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>157</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>159</v>
+      </c>
+      <c r="F27" s="0">
+        <v>49.8250321</v>
+      </c>
+      <c r="G27" s="0">
+        <v>18.1568176</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>163</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>165</v>
+      </c>
+      <c r="F28" s="0">
+        <v>49.845353</v>
+      </c>
+      <c r="G28" s="0">
+        <v>18.15933174</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>170</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>171</v>
+      </c>
+      <c r="F29" s="0">
+        <v>49.8370839</v>
+      </c>
+      <c r="G29" s="0">
+        <v>18.1822722</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>177</v>
+      </c>
+      <c r="F30" s="0">
+        <v>49.8266562</v>
+      </c>
+      <c r="G30" s="0">
+        <v>18.1858309</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>183</v>
+      </c>
+      <c r="F31" s="0">
+        <v>49.844107</v>
+      </c>
+      <c r="G31" s="0">
+        <v>18.16764706</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>185</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>186</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>187</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>189</v>
+      </c>
+      <c r="F32" s="0">
+        <v>49.8438866</v>
+      </c>
+      <c r="G32" s="0">
+        <v>18.15639149</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>191</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>192</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>193</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>195</v>
+      </c>
+      <c r="F33" s="0">
+        <v>49.8274122</v>
+      </c>
+      <c r="G33" s="0">
+        <v>18.17221681</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5">
+        <v>201</v>
+      </c>
+      <c r="F34" s="0">
+        <v>49.84585825</v>
+      </c>
+      <c r="G34" s="0">
+        <v>18.16201722</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="0" t="s">
-        <v>170</v>
+        <v>203</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>207</v>
+      </c>
+      <c r="F35" s="0">
+        <v>49.8432033</v>
+      </c>
+      <c r="G35" s="0">
+        <v>18.1757167</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="0" t="s">
-        <v>175</v>
+        <v>208</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
+        <v>210</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>178</v>
+        <v>211</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>212</v>
+      </c>
+      <c r="F36" s="0">
+        <v>49.83096985</v>
+      </c>
+      <c r="G36" s="0">
+        <v>18.17692366</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>215</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>217</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>218</v>
+      </c>
+      <c r="F37" s="0">
+        <v>49.8302456</v>
+      </c>
+      <c r="G37" s="0">
+        <v>18.1697364</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="0" t="s">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>221</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
+        <v>222</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>188</v>
+        <v>223</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>224</v>
+      </c>
+      <c r="F38" s="0">
+        <v>49.827486</v>
+      </c>
+      <c r="G38" s="0">
+        <v>18.186497</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="0" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>191</v>
+        <v>227</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>192</v>
+        <v>228</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>230</v>
+      </c>
+      <c r="F39" s="0">
+        <v>49.8442385</v>
+      </c>
+      <c r="G39" s="0">
+        <v>18.1674302</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="0" t="s">
-        <v>195</v>
+        <v>232</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>196</v>
+        <v>233</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>197</v>
+        <v>234</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>198</v>
+        <v>235</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5">
+        <v>236</v>
+      </c>
+      <c r="F40" s="0">
+        <v>49.8248159</v>
+      </c>
+      <c r="G40" s="0">
+        <v>18.1458654</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="0" t="s">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>203</v>
+        <v>241</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>242</v>
+      </c>
+      <c r="F41" s="0">
+        <v>49.833168</v>
+      </c>
+      <c r="G41" s="0">
+        <v>18.1831248</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="0" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>206</v>
+        <v>245</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>207</v>
+        <v>246</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>208</v>
+        <v>247</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>248</v>
+      </c>
+      <c r="F42" s="0">
+        <v>49.8261836</v>
+      </c>
+      <c r="G42" s="0">
+        <v>18.19458292</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="0" t="s">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>211</v>
+        <v>251</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>212</v>
+        <v>252</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>213</v>
+        <v>253</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5">
+        <v>254</v>
+      </c>
+      <c r="F43" s="0">
+        <v>49.835154</v>
+      </c>
+      <c r="G43" s="0">
+        <v>18.1835633</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="0" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>216</v>
+        <v>257</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>217</v>
+        <v>258</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>218</v>
+        <v>259</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>260</v>
+      </c>
+      <c r="F44" s="0">
+        <v>49.8432033</v>
+      </c>
+      <c r="G44" s="0">
+        <v>18.1757167</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="0" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>266</v>
+      </c>
+      <c r="F45" s="0">
+        <v>49.833168</v>
+      </c>
+      <c r="G45" s="0">
+        <v>18.1831248</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="0" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>228</v>
+        <v>271</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>272</v>
+      </c>
+      <c r="F46" s="0">
+        <v>49.8281601</v>
+      </c>
+      <c r="G46" s="0">
+        <v>18.1833932</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="0" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>278</v>
+      </c>
+      <c r="F47" s="0">
+        <v>49.84585825</v>
+      </c>
+      <c r="G47" s="0">
+        <v>18.16201722</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="0" t="s">
-        <v>235</v>
+        <v>280</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>236</v>
+        <v>281</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>237</v>
+        <v>282</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>284</v>
+      </c>
+      <c r="F48" s="0">
+        <v>49.8290059</v>
+      </c>
+      <c r="G48" s="0">
+        <v>18.17958515</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="0" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>242</v>
+        <v>288</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>243</v>
+        <v>289</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>290</v>
+      </c>
+      <c r="F49" s="0">
+        <v>49.8311694</v>
+      </c>
+      <c r="G49" s="0">
+        <v>18.172395</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="0" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>296</v>
+      </c>
+      <c r="F50" s="0">
+        <v>49.8328768</v>
+      </c>
+      <c r="G50" s="0">
+        <v>18.1671768</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="0" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>251</v>
+        <v>299</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>253</v>
+        <v>301</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>302</v>
+      </c>
+      <c r="F51" s="0">
+        <v>49.8447824</v>
+      </c>
+      <c r="G51" s="0">
+        <v>18.1663628</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="0" t="s">
-        <v>255</v>
+        <v>304</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>256</v>
+        <v>305</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>257</v>
+        <v>306</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>258</v>
+        <v>307</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>308</v>
+      </c>
+      <c r="F52" s="0">
+        <v>49.8442385</v>
+      </c>
+      <c r="G52" s="0">
+        <v>18.1674302</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="0" t="s">
-        <v>260</v>
+        <v>310</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>261</v>
+        <v>311</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>262</v>
+        <v>312</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>263</v>
+        <v>313</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+        <v>314</v>
+      </c>
+      <c r="F53" s="0">
+        <v>49.8219899</v>
+      </c>
+      <c r="G53" s="0">
+        <v>18.1549551</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="0" t="s">
-        <v>265</v>
+        <v>316</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>266</v>
+        <v>317</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>267</v>
+        <v>318</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>268</v>
+        <v>319</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>320</v>
+      </c>
+      <c r="F54" s="0">
+        <v>49.8281608</v>
+      </c>
+      <c r="G54" s="0">
+        <v>18.1833933</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="0" t="s">
-        <v>270</v>
+        <v>322</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>271</v>
+        <v>323</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>272</v>
+        <v>324</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>273</v>
+        <v>325</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>326</v>
+      </c>
+      <c r="F55" s="0">
+        <v>49.8251613</v>
+      </c>
+      <c r="G55" s="0">
+        <v>18.1899045</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="0" t="s">
-        <v>275</v>
+        <v>328</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>276</v>
+        <v>329</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>277</v>
+        <v>330</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>278</v>
+        <v>331</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>332</v>
+      </c>
+      <c r="F56" s="0">
+        <v>49.8238522</v>
+      </c>
+      <c r="G56" s="0">
+        <v>18.1804071</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="0" t="s">
-        <v>280</v>
+        <v>334</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>281</v>
+        <v>335</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>282</v>
+        <v>336</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>283</v>
+        <v>337</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+        <v>338</v>
+      </c>
+      <c r="F57" s="0">
+        <v>49.8251613</v>
+      </c>
+      <c r="G57" s="0">
+        <v>18.1899045</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="0" t="s">
-        <v>285</v>
+        <v>340</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>286</v>
+        <v>341</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>287</v>
+        <v>342</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>288</v>
+        <v>343</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5">
+        <v>344</v>
+      </c>
+      <c r="F58" s="0">
+        <v>49.8378397</v>
+      </c>
+      <c r="G58" s="0">
+        <v>18.1793442</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="0" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>291</v>
+        <v>347</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>292</v>
+        <v>348</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>293</v>
+        <v>349</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+        <v>350</v>
+      </c>
+      <c r="F59" s="0">
+        <v>49.8296373</v>
+      </c>
+      <c r="G59" s="0">
+        <v>18.178282</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="0" t="s">
-        <v>295</v>
+        <v>352</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>296</v>
+        <v>353</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>297</v>
+        <v>354</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>298</v>
+        <v>355</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+        <v>356</v>
+      </c>
+      <c r="F60" s="0">
+        <v>49.8386568</v>
+      </c>
+      <c r="G60" s="0">
+        <v>18.1657544</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="0" t="s">
-        <v>300</v>
+        <v>358</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>301</v>
+        <v>359</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>302</v>
+        <v>360</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>303</v>
+        <v>361</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>304</v>
+        <v>362</v>
+      </c>
+      <c r="F61" s="0">
+        <v>49.8249192</v>
+      </c>
+      <c r="G61" s="0">
+        <v>18.17771643</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>